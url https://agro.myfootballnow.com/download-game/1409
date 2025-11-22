--- v0 (2025-10-26)
+++ v1 (2025-11-22)
@@ -332,84 +332,84 @@
   <si>
     <t>#79 Andrew Gorman - LDE</t>
   </si>
   <si>
     <t>#40 Rudolph Ramos - SS</t>
   </si>
   <si>
     <t>#9 Larry Hairston - K</t>
   </si>
   <si>
     <t>BDR</t>
   </si>
   <si>
     <t>BDR 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BDR 25 (15:00) 80-Ronald Hansen ran to BDR 29 for 4 yards. Tackle by 26-Raymond Hang.</t>
   </si>
   <si>
-    <t>#19 Fernando McGraw - QB</t>
+    <t>#1 Fernando McGraw - QB</t>
   </si>
   <si>
     <t>#44 Michael Marshall - FB</t>
   </si>
   <si>
     <t>#86 Larry Burgess - TE</t>
   </si>
   <si>
     <t>#47 Charles Mosley - WR</t>
   </si>
   <si>
     <t>#82 Christopher Kratz - WR</t>
   </si>
   <si>
     <t>#60 Tom Welles - LT</t>
   </si>
   <si>
     <t>#67 Nelson Smith - LG</t>
   </si>
   <si>
     <t>#70 Geoffrey Durante - C</t>
   </si>
   <si>
     <t>#74 Danny Roman - RG</t>
   </si>
   <si>
     <t>#75 Steve Endsley - RT</t>
   </si>
   <si>
     <t>#70 David Johnson - LDE</t>
   </si>
   <si>
-    <t>#75 William Hara - DT</t>
+    <t>#93 William Hara - DT</t>
   </si>
   <si>
     <t>#77 David Killion - DT</t>
   </si>
   <si>
     <t>#99 Terence Maynard - RDE</t>
   </si>
   <si>
     <t>#52 Tyrone Biggums  - SLB</t>
   </si>
   <si>
     <t>#46 Van Harrison - SLB</t>
   </si>
   <si>
     <t>#57 Mitch Hennesy - WLB</t>
   </si>
   <si>
     <t>#23 Douglas Scott - CB</t>
   </si>
   <si>
     <t>#21 Donald Dwyer - CB</t>
   </si>
   <si>
     <t>#20 Bryan Harris - SS</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>#73 Walter Cline - LT</t>
   </si>
   <si>
     <t>#67 Christopher Fogle - LG</t>
   </si>
   <si>
     <t>#77 Mike Hawk - C</t>
   </si>
   <si>
     <t>#65 Myron Blunt - RG</t>
   </si>
   <si>
     <t>#54 Mike Rauch - LT</t>
   </si>
   <si>
     <t>#50 Marc Collier - DT</t>
   </si>
   <si>
     <t>#78 Craig Orner - RDE</t>
   </si>
   <si>
     <t>#53 Jerry Gutierrez - MLB</t>
   </si>
   <si>
-    <t>#56 Matthew Burns - WLB</t>
+    <t>#94 Matthew Burns - WLB</t>
   </si>
   <si>
     <t>#34 Keith Diaz - CB</t>
   </si>
   <si>
     <t>#42 Robert Wiley - FS</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>BDC 20</t>
   </si>
   <si>
     <t>(9:32) 9-Larry Hairston kicks 80 yards from BDC 20 to BDR 0. 80-Ronald Hansen to BDR 38 for 39 yards. Tackle by 9-Larry Hairston. BDC 94-Allen Bush was injured on the play. He looks like he should be able to return. BDR 29-William Guyette was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>BDR 38</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
@@ -2206,51 +2206,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD165"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="421.04" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>