--- v0 (2025-10-26)
+++ v1 (2025-11-22)
@@ -314,51 +314,51 @@
   <si>
     <t>#36 Norman Rivera - FS</t>
   </si>
   <si>
     <t>#78 Carlos Burton - DT</t>
   </si>
   <si>
     <t>#72 Saul Clayton - DT</t>
   </si>
   <si>
     <t>#49 Robert Khan - RB</t>
   </si>
   <si>
     <t>#23 Daren Alonzo - SS</t>
   </si>
   <si>
     <t>#42 Daren Hubbard - CB</t>
   </si>
   <si>
     <t>#50 Terrell Grady - WLB</t>
   </si>
   <si>
     <t>#97 Kyle Oliver - SLB</t>
   </si>
   <si>
-    <t>#7 Robert Williams - K</t>
+    <t>#99 Robert Williams - K</t>
   </si>
   <si>
     <t>CRP</t>
   </si>
   <si>
     <t>CRP 25</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-CRP 25 (15:00) 8-Brian Brooks pass complete to 10-Willie Berg to CRP 35 for 10 yards. Tackle by 2-William Sullivan.</t>
   </si>
   <si>
     <t>#8 Brian Brooks - QB</t>
   </si>
   <si>
     <t>#31 Leandro Cromer - FB</t>
   </si>
   <si>
     <t>#85 Stephen Holmes - TE</t>
   </si>
@@ -482,51 +482,51 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-6-CCA 49 (13:08) 8-Brian Brooks pass complete to 84-Terry Rivera to CCA 34 for 15 yards. Tackle by 26-Philip Wilkes.</t>
   </si>
   <si>
     <t>#4 Rod Sinkers - CB</t>
   </si>
   <si>
     <t>#26 Philip Wilkes - CB</t>
   </si>
   <si>
     <t>12:31</t>
   </si>
   <si>
     <t>CCA 34</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-CCA 34 (12:30) 8-Brian Brooks pass complete to 13-Alfredo Arroyo to CCA 32 for 2 yards. Tackle by 3-Mack Tackleman. CCA 93-Bruce Green was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#81 Maurice Fleming - TE</t>
+    <t>#86 Maurice Fleming - TE</t>
   </si>
   <si>
     <t>#52 Donald Lunsford - LG</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>CCA 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-CCA 32 (11:48) 36-James Calloway ran to CCA 33 for -1 yards. Tackle by 39-Stu Ungar.</t>
   </si>
   <si>
     <t>#58 Charles Danielson - LDE</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
@@ -965,51 +965,51 @@
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-8-CRP 13 (13:40) 7-David Hughes ran to CRP 6 for 7 yards. Tackle by 25-Daren Alonzo.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>CRP 6</t>
   </si>
   <si>
     <t>3-1-CRP 6 (13:02) 14-Thomas Avery pass complete to 10-Martin Watkin for 6 yards. TOUCHDOWN! CCA 6 CRP 3</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>(12:59) Extra point GOOD by 15-Robert Williams. CCA 7 CRP 3</t>
   </si>
   <si>
     <t>#78 Michael Fye - LG</t>
   </si>
   <si>
-    <t>#71 Clarence Dempster - RDE</t>
+    <t>#95 Clarence Dempster - RDE</t>
   </si>
   <si>
     <t>#56 James Trujillo - WLB</t>
   </si>
   <si>
     <t>(12:59) 15-Robert Williams kicks 75 yards from CCA 35 to CRP -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-CRP 25 (12:59) 8-Brian Brooks pass Pass knocked down by 20-Bass Bateman. incomplete, intended for 10-Willie Berg.</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-CRP 25 (12:56) 8-Brian Brooks pass complete to 13-Alfredo Arroyo to CRP 28 for 3 yards. Tackle by 92-Keith Hendren.</t>
   </si>
   <si>
     <t>12:14</t>
   </si>