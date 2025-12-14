--- v1 (2025-11-22)
+++ v2 (2025-12-14)
@@ -608,51 +608,51 @@
   <si>
     <t>#14 Thomas Avery - QB</t>
   </si>
   <si>
     <t>#12 Alfredo Brown - FB</t>
   </si>
   <si>
     <t>#81 David Pearson - TE</t>
   </si>
   <si>
     <t>#55 Charles Chapman - LT</t>
   </si>
   <si>
     <t>#70 David Koresh - C</t>
   </si>
   <si>
     <t>#61 Albert Borchert - RT</t>
   </si>
   <si>
     <t>#59 Michael Morin - RDE</t>
   </si>
   <si>
     <t>#90 Randy Kidd - MLB</t>
   </si>
   <si>
-    <t>#40 Michael Mitchell - CB</t>
+    <t>#21 Michael Mitchell - CB</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-CCA 25 (10:15) 13-Harry Kinsey ran to CCA 30 for 5 yards. Tackle by 43-Norman Rivera.</t>
   </si>
   <si>
     <t>9:42</t>
   </si>
   <si>
     <t>CCA 30</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-5-CCA 30 (9:41) 13-Harry Kinsey ran to CCA 42 for 11 yards. Tackle by 25-Daren Alonzo.</t>
   </si>