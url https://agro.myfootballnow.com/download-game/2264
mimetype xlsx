--- v2 (2025-12-14)
+++ v3 (2026-01-10)
@@ -635,51 +635,51 @@
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-CCA 25 (10:15) 13-Harry Kinsey ran to CCA 30 for 5 yards. Tackle by 43-Norman Rivera.</t>
   </si>
   <si>
     <t>9:42</t>
   </si>
   <si>
     <t>CCA 30</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-5-CCA 30 (9:41) 13-Harry Kinsey ran to CCA 42 for 11 yards. Tackle by 25-Daren Alonzo.</t>
   </si>
   <si>
-    <t>#46 Jay Mills - CB</t>
+    <t>#48 Jay Mills - CB</t>
   </si>
   <si>
     <t>9:03</t>
   </si>
   <si>
     <t>CCA 42</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-CCA 42 (9:02) 13-Harry Kinsey ran to CCA 42 for a short gain. Tackle by 54-Terrell Grady. CCA 13-Harry Kinsey was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:17</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>2-10-CCA 42 (8:16) 7-David Hughes ran to CCA 41 for -1 yards. Tackle by 54-Terrell Grady.</t>
   </si>
@@ -920,51 +920,51 @@
   <si>
     <t>0:01</t>
   </si>
   <si>
     <t>Singleback Empty 4 Curl Flats</t>
   </si>
   <si>
     <t>3-10-CCA 49 (0:02) 14-Thomas Avery pass complete to 9-Magnus Stormborn to CRP 25 for 26 yards.</t>
   </si>
   <si>
     <t>#53 Rubin Espinosa - RT</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>1-10-CRP 25 (15:00) 13-Harry Kinsey ran to CRP 15 for 10 yards. Tackle by 33-Jerry Rice.</t>
   </si>
   <si>
-    <t>#98 Bryan Olesen - MLB</t>
+    <t>#99 Bryan Olesen - MLB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>CRP 15</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-CRP 15 (14:21) 13-Harry Kinsey ran to CRP 13 for 2 yards. Tackle by 93-Adam Warwick.</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>CRP 13</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-8-CRP 13 (13:40) 7-David Hughes ran to CRP 6 for 7 yards. Tackle by 25-Daren Alonzo.</t>
   </si>