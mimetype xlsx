--- v0 (2025-10-26)
+++ v1 (2025-11-22)
@@ -371,51 +371,51 @@
   <si>
     <t>#62 Thorvald Bloodwater - LT</t>
   </si>
   <si>
     <t>#63 Dirty Burt - LG</t>
   </si>
   <si>
     <t>#70 David Koresh - C</t>
   </si>
   <si>
     <t>#62 William Herzog - LT</t>
   </si>
   <si>
     <t>#61 Larry Reyes - RT</t>
   </si>
   <si>
     <t>#90 Rad Baxter - LDE</t>
   </si>
   <si>
     <t>#69 Felipe Wallace - DT</t>
   </si>
   <si>
     <t>#71 Joseph Smith - DT</t>
   </si>
   <si>
-    <t>#72 Peter Wynn - RDE</t>
+    <t>#97 Peter Wynn - RDE</t>
   </si>
   <si>
     <t>#51 Robert Whitten - MLB</t>
   </si>
   <si>
     <t>#57 Mario Boucher - WLB</t>
   </si>
   <si>
     <t>#45 Carl Lee Hailey - CB</t>
   </si>
   <si>
     <t>#38 Stephen Campbell - CB</t>
   </si>
   <si>
     <t>#40 Anthony William - CB</t>
   </si>
   <si>
     <t>#43 Cruz Missel - SS</t>
   </si>
   <si>
     <t>#28 Oscar Zeta  Acosta - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>FCF 20</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-FCF 20 (8:38) 1-Lon Braun pass Pass knocked down by 35-Percy Tipton. incomplete, intended for 16-Blaze Jordan.</t>
   </si>
   <si>
     <t>#64 Dale Shain - C</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-10-FCF 20 (8:32) 35-Travis Deal ran to FCF 16 for -3 yards. Tackle by 55-David Abshire.</t>
   </si>
   <si>
-    <t>#83 Wendell Mace - WR</t>
+    <t>#16 Wendell Mace - WR</t>
   </si>
   <si>
     <t>#17 John Vann - WR</t>
   </si>
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>FCF 16</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>3-13-FCF 16 (7:56) 31-Bruce Pavlik ran to FCF 18 for 2 yards. Tackle by 96-Eliseo Childress.</t>
   </si>
   <si>
     <t>#2 William Sullivan - CB</t>
   </si>
   <si>
     <t>7:24</t>
   </si>
   <si>
     <t>FCF 18</t>
   </si>