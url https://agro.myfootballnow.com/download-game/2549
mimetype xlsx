--- v1 (2025-11-22)
+++ v2 (2026-01-10)
@@ -386,51 +386,51 @@
   <si>
     <t>#90 Rad Baxter - LDE</t>
   </si>
   <si>
     <t>#69 Felipe Wallace - DT</t>
   </si>
   <si>
     <t>#71 Joseph Smith - DT</t>
   </si>
   <si>
     <t>#97 Peter Wynn - RDE</t>
   </si>
   <si>
     <t>#51 Robert Whitten - MLB</t>
   </si>
   <si>
     <t>#57 Mario Boucher - WLB</t>
   </si>
   <si>
     <t>#45 Carl Lee Hailey - CB</t>
   </si>
   <si>
     <t>#38 Stephen Campbell - CB</t>
   </si>
   <si>
-    <t>#40 Anthony William - CB</t>
+    <t>#25 Anthony William - CB</t>
   </si>
   <si>
     <t>#43 Cruz Missel - SS</t>
   </si>
   <si>
     <t>#28 Oscar Zeta  Acosta - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>CCA 27</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Weak</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>2-8-CCA 27 (14:16) 1-Steven Rivera ran to CCA 30 for 3 yards. Tackle by 57-Mario Boucher. 82-Fleet Rivers was completely beat on that play.</t>
   </si>
   <si>
     <t>#88 Edward Gaylord - TE</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep Zone Under</t>
   </si>
   <si>
     <t>3-4-FCF 37 (11:20) 42-Cheddar Curd ran to FCF 34 for -3 yards. Tackle by 91-Alexander Locke. FCF 60-Just Pushin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>FCF 34</t>
   </si>
   <si>
     <t>4-7-FCF 34 (10:46) 2-Kevin Nelson punts 42 yards to CCA 23. Fair Catch by 10-Martin Watkin.</t>
   </si>
   <si>
     <t>#2 Kevin Nelson - P</t>
   </si>
   <si>
     <t>#76 Michael Hawker - RT</t>
   </si>
   <si>
-    <t>#35 Travis Deal - RB</t>
+    <t>#32 Travis Deal - RB</t>
   </si>
   <si>
     <t>#91 Keith Hendren - LDE</t>
   </si>
   <si>
     <t>#30 Kenneth Godoy - CB</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>CCA 23</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CCA 23 (10:39) 1-Steven Rivera ran to CCA 24 for 1 yards. Tackle by 55-Jake Preston.</t>
   </si>
   <si>
     <t>#29 Kenneth Mosley - SS</t>
   </si>