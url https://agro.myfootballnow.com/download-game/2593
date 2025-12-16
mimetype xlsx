--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -353,51 +353,51 @@
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SCB 23 (14:56) 37-Heinrich  Von Winkelried ran to SCB 22 for a short loss. Tackle by 20-Joshua Thomas.</t>
   </si>
   <si>
     <t>#19 Mark Owens - QB</t>
   </si>
   <si>
     <t>#37 Heinrich  Von Winkelried - RB</t>
   </si>
   <si>
     <t>#42 Douglas Stead - FB</t>
   </si>
   <si>
     <t>#89 Donald Ferguson - TE</t>
   </si>
   <si>
     <t>#85 Vernon Thomas - WR</t>
   </si>
   <si>
     <t>#81 Richard Rodriquez - WR</t>
   </si>
   <si>
-    <t>#79 Daniel Hunter - RT</t>
+    <t>#69 Daniel Hunter - RT</t>
   </si>
   <si>
     <t>#69 Jake Shepherd - LG</t>
   </si>
   <si>
     <t>#69 Marshall Grier - RG</t>
   </si>
   <si>
     <t>#75 William Valdivia - RG</t>
   </si>
   <si>
     <t>#61 Theodore Prior - RT</t>
   </si>
   <si>
     <t>#76 John Wymer - DT</t>
   </si>
   <si>
     <t>#66 Smokey Robinson - DT</t>
   </si>
   <si>
     <t>#73 Dennis Sebastian - DT</t>
   </si>
   <si>
     <t>#57 Richard Knapp - LDE</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>EMP 26</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-EMP 26 (12:46) 8-Ronnie Barrette pass complete to 37-Robbie Lowe to EMP 47 for 20 yards. EMP 64-Woodrow Alderman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#8 Ronnie Barrette - QB</t>
   </si>
   <si>
     <t>#37 Robbie Lowe - FB</t>
   </si>
   <si>
     <t>#83 Hector Draughn - TE</t>
   </si>
   <si>
-    <t>#87 Austin Haskins - TE</t>
+    <t>#84 Austin Haskins - TE</t>
   </si>
   <si>
     <t>#17 Shawn Gaines - WR</t>
   </si>
   <si>
     <t>#79 Wilbert Ritter - LT</t>
   </si>
   <si>
     <t>#61 Matthew Kwong - LG</t>
   </si>
   <si>
     <t>#56 Mike McDermott - C</t>
   </si>
   <si>
     <t>#64 Woodrow Alderman - RG</t>
   </si>
   <si>
     <t>#62 Edward Murakami - RT</t>
   </si>
   <si>
     <t>#92 Aaron Lopez - LDE</t>
   </si>
   <si>
     <t>#99 Ezekiel Vandervort - RDE</t>
   </si>
@@ -773,51 +773,51 @@
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-8-SCB 40 (4:20) 5-Mark Owens ran to EMP 49 for 11 yards. Tackle by 31-Samuel Petersen. PENALTY - Offsides (EMP 73-Dennis Sebastian) (Declined)</t>
   </si>
   <si>
     <t>4:12</t>
   </si>
   <si>
     <t>EMP 49</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-EMP 49 (4:13) 5-Mark Owens pass Pass knocked down by 59-Stephen Galles. incomplete, intended for 26-Jerry Lewis.</t>
   </si>
   <si>
-    <t>#95 Lawrence Ali - MLB</t>
+    <t>#95 Lawrence Ali - SS</t>
   </si>
   <si>
     <t>#59 Stephen Galles - WLB</t>
   </si>
   <si>
     <t>4:09</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>2-10-EMP 49 (4:10) 33-Robert Piotrowski ran to EMP 47 for 2 yards. Tackle by 73-Dennis Sebastian.</t>
   </si>
   <si>
     <t>#33 Robert Piotrowski - RB</t>
   </si>
   <si>
     <t>#8 Tammy Marlin-Zoch - RB</t>
   </si>
   <si>
     <t>3:28</t>
   </si>
@@ -1460,51 +1460,51 @@
   <si>
     <t>EMP 9</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal SS Blitz</t>
   </si>
   <si>
     <t>2-9-EMP 9 (3:45) 33-Robert Piotrowski ran to EMP 9 for 1 yards. 33-Robert Piotrowski FUMBLES (66-Smokey Robinson) recovered by SCB-64-William Valdivia to EMP 7 for 1 yards. Tackle by 73-Dennis Sebastian.</t>
   </si>
   <si>
     <t>3:08</t>
   </si>
   <si>
     <t>EMP 7</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>3-7-EMP 7 (3:07) 33-Robert Piotrowski ran to EMP 4 for 3 yards. Tackle by 90-Marcus Mager.</t>
   </si>
   <si>
-    <t>#95 Edward Bottom - WLB</t>
+    <t>#98 Edward Bottom - WLB</t>
   </si>
   <si>
     <t>2:32</t>
   </si>
   <si>
     <t>EMP 4</t>
   </si>
   <si>
     <t>4-4-EMP 4 (2:31) 1-Ross Bailey 21 yard field goal is GOOD. EMP 16 SCB 3</t>
   </si>
   <si>
     <t>#6 Paul Dolan - QB</t>
   </si>
   <si>
     <t>#93 Antonio Cox - MLB</t>
   </si>
   <si>
     <t>2:27</t>
   </si>
   <si>
     <t>(2:28) 1-Ross Bailey kicks 72 yards from SCB 35 to EMP -7. Touchback.</t>
   </si>
   <si>
     <t>1-10-EMP 25 (2:28) 38-Stefan Reed ran to EMP 30 for 5 yards. Tackle by 96-Andrew Roop. EMP 61-Matthew Kwong was injured on the play. He looks like he should be able to return.</t>
   </si>