--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BEC has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BLZ</t>
   </si>
   <si>
     <t>BLZ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 96-Michael Judkins kicks 47 yards from BLZ 35 to BEC 18. 12-Balthazar Blake to BEC 38 for 21 yards. Tackle by 71-Terrence Hayes. BEC 57-Kevin Kirwin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#12 Balthazar Blake - WR</t>
   </si>
   <si>
-    <t>#73 James Davis - DT</t>
+    <t>#58 James Davis - DT</t>
   </si>
   <si>
     <t>#99 Jody Anderson - MLB</t>
   </si>
   <si>
     <t>#99 Jay Wright - WLB</t>
   </si>
   <si>
     <t>#49 Virgil Ferree - SS</t>
   </si>
   <si>
     <t>#75 Michael Sancho - RDE</t>
   </si>
   <si>
     <t>#57 Kevin Kirwin - MLB</t>
   </si>
   <si>
     <t>#51 John Stewart - SLB</t>
   </si>
   <si>
     <t>#22 Brandon Clark - CB</t>
   </si>
   <si>
     <t>#39 Ronald Harrison - CB</t>
   </si>
@@ -371,51 +371,51 @@
   <si>
     <t>#18 Jerry Childress - WR</t>
   </si>
   <si>
     <t>#13 Charles Foster - WR</t>
   </si>
   <si>
     <t>#76 Nathaniel Rodriquez - LT</t>
   </si>
   <si>
     <t>#65 Jeffery Ortez - RT</t>
   </si>
   <si>
     <t>#59 Allen Attaway - C</t>
   </si>
   <si>
     <t>#61 James White - RG</t>
   </si>
   <si>
     <t>#72 Ronald Webster - LT</t>
   </si>
   <si>
     <t>#69 Marvin Clevenger - RDE</t>
   </si>
   <si>
-    <t>#51 Michael Wells - DT</t>
+    <t>#56 Michael Wells - DT</t>
   </si>
   <si>
     <t>#62 Floyd Ortiz - RDE</t>
   </si>
   <si>
     <t>#90 Robert Guajardo - WLB</t>
   </si>
   <si>
     <t>#94 Lee Reichman - LDE</t>
   </si>
   <si>
     <t>#59 George McGuffin - MLB</t>
   </si>
   <si>
     <t>#37 Ismael Carpenter - CB</t>
   </si>
   <si>
     <t>#43 Corey Martin - CB</t>
   </si>
   <si>
     <t>#33 Hubert Belli - SS</t>
   </si>
   <si>
     <t>#34 Terry Desir - FS</t>
   </si>
@@ -1433,51 +1433,51 @@
   <si>
     <t>BLZ 31</t>
   </si>
   <si>
     <t>2-12-BLZ 31 (6:53) 41-Richard Holloway ran to BLZ 33 for -2 yards. Tackle by 33-Hubert Belli. BLZ 33-Hubert Belli was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:16</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-14-BLZ 33 (6:15) 16-Bernard Castle pass complete to 42-Timothy Hall to BLZ 34 for a short loss. Tackle by 43-Corey Martin.</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>BLZ 34</t>
   </si>
   <si>
     <t>4-14-BLZ 34 (5:35) 4-Jorge Luff 51 yard field goal is GOOD. BLZ 21 BEC 3</t>
   </si>
   <si>
-    <t>#11 Ronnie McClung - QB</t>
+    <t>#5 Ronnie McClung - QB</t>
   </si>
   <si>
     <t>#63 Philip Roach - C</t>
   </si>
   <si>
     <t>#78 Curtis Jacob - DT</t>
   </si>
   <si>
     <t>5:30</t>
   </si>
   <si>
     <t>(5:31) 4-Jorge Luff kicks 69 yards from BEC 35 to BLZ -4. 27-Raymond Perry to BLZ 23 for 28 yards. Tackle by 99-Jay Wright.</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>BLZ 23</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-BLZ 23 (5:27) 26-Eugene Potts ran to BLZ 22 for -1 yards. Tackle by 49-Virgil Ferree.</t>
   </si>