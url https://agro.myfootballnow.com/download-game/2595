--- v1 (2025-12-15)
+++ v2 (2026-03-13)
@@ -344,51 +344,51 @@
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>BEC 38</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>1-10-BEC 38 (14:57) 16-Bernard Castle pass complete to 18-Jerry Childress to BEC 42 for 4 yards. Tackle by 96-Michael Judkins.</t>
   </si>
   <si>
     <t>#16 Bernard Castle - QB</t>
   </si>
   <si>
     <t>#41 Richard Holloway - RB</t>
   </si>
   <si>
     <t>#42 Timothy Hall - FB</t>
   </si>
   <si>
-    <t>#80 Wesley Karlson - RB</t>
+    <t>#48 Wesley Karlson - RB</t>
   </si>
   <si>
     <t>#18 Jerry Childress - WR</t>
   </si>
   <si>
     <t>#13 Charles Foster - WR</t>
   </si>
   <si>
     <t>#76 Nathaniel Rodriquez - LT</t>
   </si>
   <si>
     <t>#65 Jeffery Ortez - RT</t>
   </si>
   <si>
     <t>#59 Allen Attaway - C</t>
   </si>
   <si>
     <t>#61 James White - RG</t>
   </si>
   <si>
     <t>#72 Ronald Webster - LT</t>
   </si>
   <si>
     <t>#69 Marvin Clevenger - RDE</t>
   </si>