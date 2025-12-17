--- v0 (2025-10-16)
+++ v1 (2025-12-17)
@@ -380,51 +380,51 @@
   <si>
     <t>#73 Allen Puente - C</t>
   </si>
   <si>
     <t>#78 Elton Ricks - RG</t>
   </si>
   <si>
     <t>#63 Darrell Roberts - RT</t>
   </si>
   <si>
     <t>#97 Jermaine Hill - LDE</t>
   </si>
   <si>
     <t>#50 Marc Collier - DT</t>
   </si>
   <si>
     <t>#95 Todd Ross - DT</t>
   </si>
   <si>
     <t>#63 Anthony Alvarado - LDE</t>
   </si>
   <si>
     <t>#55 Jack Calkins - MLB</t>
   </si>
   <si>
-    <t>#93 Richard Shamblin - WLB</t>
+    <t>#50 Richard Shamblin - SS</t>
   </si>
   <si>
     <t>#26 Raymond Henderson - CB</t>
   </si>
   <si>
     <t>#34 Keith Diaz - CB</t>
   </si>
   <si>
     <t>#27 Samuel Woodland - CB</t>
   </si>
   <si>
     <t>#29 Efrain Smart - SS</t>
   </si>
   <si>
     <t>#42 Robert Wiley - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>ELH 27</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>BDR 11</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-BDR 11 (10:47) PENALTY - False Start (BDR 89-Gregory McFarland)</t>
   </si>
   <si>
     <t>#15 Jules Winfield - QB</t>
   </si>
   <si>
     <t>#37 Derrick Novak - FB</t>
   </si>
   <si>
     <t>#89 Gregory McFarland - WR</t>
   </si>
   <si>
     <t>#82 Gerald Hamm - WR</t>
   </si>
   <si>
-    <t>#88 Phillip Seiter - WR</t>
+    <t>#87 Phillip Seiter - WR</t>
   </si>
   <si>
     <t>#60 Tom Welles - LT</t>
   </si>
   <si>
     <t>#65 Eric Rivera - RG</t>
   </si>
   <si>
     <t>#70 Geoffrey Durante - C</t>
   </si>
   <si>
     <t>#74 Danny Roman - RG</t>
   </si>
   <si>
     <t>#75 Steve Endsley - RT</t>
   </si>
   <si>
     <t>#68 Joseph Ricks - DT</t>
   </si>
   <si>
     <t>#75 Irving Harvey - LDE</t>
   </si>
   <si>
     <t>#92 Joseph Hamer - MLB</t>
   </si>
@@ -1022,51 +1022,51 @@
   <si>
     <t>3-4-BDR 34 (10:41) 37-Derrick Novak ran to BDR 35 for 1 yards. Tackle by 21-Donald Dwyer.</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>4-3-BDR 35 (10:02) 12-Jermaine Bradley punts 53 yards to ELH 12. 87-Frank Ritz to ELH 20 for 8 yards. Tackle by 51-Anthony Alvarado.</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>ELH 20</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-ELH 20 (9:53) 34-John Matthes ran to ELH 19 for -1 yards. Tackle by 55-Jack Calkins.</t>
   </si>
   <si>
     <t>#56 Leonard Fountain - LDE</t>
   </si>
   <si>
-    <t>#96 Robert Kraus - LDE</t>
+    <t>#95 Robert Kraus - LDE</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
     <t>ELH 19</t>
   </si>
   <si>
     <t>2-11-ELH 19 (9:20) 24-James Vigil ran to ELH 27 for 8 yards. Tackle by 27-Samuel Woodland.</t>
   </si>
   <si>
     <t>8:39</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-3-ELH 27 (8:38) 34-John Matthes ran to ELH 29 for 2 yards. Tackle by 27-Samuel Woodland.</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
@@ -2274,51 +2274,51 @@
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>