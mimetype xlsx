--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -560,51 +560,51 @@
   <si>
     <t>#17 Victor Pena - QB</t>
   </si>
   <si>
     <t>#62 Thorvald Bloodwater - LT</t>
   </si>
   <si>
     <t>#5 Thomas McDonald - K</t>
   </si>
   <si>
     <t>#72 Willis Reed - C</t>
   </si>
   <si>
     <t>#61 Albert Borchert - RT</t>
   </si>
   <si>
     <t>#68 James Stach - LG</t>
   </si>
   <si>
     <t>#56 Michael Rhodes - SLB</t>
   </si>
   <si>
     <t>#69 Morris Hughes - RDE</t>
   </si>
   <si>
-    <t>#78 Luciano Baxter - RDE</t>
+    <t>#51 Luciano Baxter - RDE</t>
   </si>
   <si>
     <t>#71 Rory Creekmore - DT</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>CCA 35</t>
   </si>
   <si>
     <t>(10:14) 5-Thomas McDonald kicks 72 yards from CCA 35 to QBK -7. Touchback.</t>
   </si>
   <si>
     <t>#14 Jesse Moore - WR</t>
   </si>
   <si>
     <t>QBK 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong Slot Curl</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>