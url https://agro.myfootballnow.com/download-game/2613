--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -431,57 +431,57 @@
   <si>
     <t>2-12-EMP 23 (14:23) 49-Scott Rogers ran to EMP 36 for 13 yards. Tackle by 27-Leonard Joseph.</t>
   </si>
   <si>
     <t>#83 Hector Draughn - TE</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>EMP 36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-EMP 36 (13:40) 49-Scott Rogers ran to EMP 42 for 6 yards. Tackle by 27-Leonard Joseph.</t>
   </si>
   <si>
     <t>#45 James Britt - RB</t>
   </si>
   <si>
-    <t>#87 Austin Haskins - TE</t>
+    <t>#84 Austin Haskins - TE</t>
   </si>
   <si>
     <t>#53 James Stephens - DT</t>
   </si>
   <si>
-    <t>#55 David Dutton - MLB</t>
+    <t>#95 David Dutton - MLB</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>EMP 42</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-4-EMP 42 (12:56) 49-Scott Rogers ran to EMP 37 for -4 yards. Tackle by 91-Bill Miller.</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>EMP 37</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
@@ -887,81 +887,81 @@
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-3-EMP 42 (0:30) 2-William Dingman pass complete to 39-Jerry Callahan to EMP 22 for 20 yards.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>EMP 22</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-EMP 22 (15:00) 2-William Dingman pass Pass knocked down by 20-Joshua Thomas. incomplete, intended for 83-Greg Sherman.</t>
   </si>
   <si>
-    <t>#95 Lawrence Ali - MLB</t>
+    <t>#95 Lawrence Ali - SS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>2-10-EMP 22 (14:58) 38-Travis Nelson ran to EMP 23 for a short loss. Tackle by 96-Richard Knapp.</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>3-10-EMP 23 (14:16) 2-William Dingman pass complete to 38-Travis Nelson to EMP 15 for 7 yards. Tackle by 57-Patrick Rencher. Pressure by 96-Richard Knapp.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>EMP 15</t>
   </si>
   <si>
     <t>4-3-EMP 15 (13:37) 16-Willie Smith 33 yard field goal is GOOD. EMP 7 MCS 3</t>
   </si>
   <si>
-    <t>#95 Edward Bottom - WLB</t>
+    <t>#98 Edward Bottom - WLB</t>
   </si>
   <si>
     <t>#50 Ronald Davis - MLB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>(13:34) 16-Willie Smith kicks 70 yards from MCS 35 to EMP -5. 49-Scott Rogers for 105yards. TOUCHDOWN! EMP 94-Aaron Allison was injured on the play. EMP 13 MCS 3</t>
   </si>
   <si>
     <t>13:17</t>
   </si>
   <si>
     <t>(13:18) Extra point GOOD by 5-Albert Brown. EMP 67-Rickey Farmer was injured on the play. He looks like he should be able to return. EMP 14 MCS 3</t>
   </si>
   <si>
     <t>#92 Andrew Musgrove - RDE</t>
   </si>
   <si>
     <t>(13:18) 5-Albert Brown kicks 74 yards from EMP 35 to MCS -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-MCS 25 (13:18) 38-Travis Nelson ran to MCS 36 for 11 yards. Tackle by 20-Joshua Thomas.</t>
   </si>