--- v0 (2025-10-26)
+++ v1 (2025-11-22)
@@ -515,51 +515,51 @@
   <si>
     <t>1-10-GTW 27 (13:32) 15-Benjamin Brent ran to GTW 38 for 12 yards. Tackle by 56-Snag Lineberry. GTW 15-Benjamin Brent was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#8 William Gibbs - QB</t>
   </si>
   <si>
     <t>#15 Benjamin Brent - RB</t>
   </si>
   <si>
     <t>#40 Dorsey Delacruz - RB</t>
   </si>
   <si>
     <t>#4 Philip Trujillo - WR</t>
   </si>
   <si>
     <t>#21 Stephen Collins - WR</t>
   </si>
   <si>
     <t>#76 William Winn - LT</t>
   </si>
   <si>
     <t>#55 Bobby Shackleford - LG</t>
   </si>
   <si>
-    <t>#58 Zachary Jacobs - C</t>
+    <t>#59 Zachary Jacobs - C</t>
   </si>
   <si>
     <t>#66 Andrew Sparkman - RG</t>
   </si>
   <si>
     <t>#61 Brian Hereford - RG</t>
   </si>
   <si>
     <t>#70 Alexander Locke - LDE</t>
   </si>
   <si>
     <t>#38 Percy Tipton - CB</t>
   </si>
   <si>
     <t>#27 Jerry Mueller - CB</t>
   </si>
   <si>
     <t>#24 Chad Law - FS</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>GTW 38</t>
   </si>