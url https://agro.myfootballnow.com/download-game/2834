--- v1 (2025-11-22)
+++ v2 (2026-01-10)
@@ -374,96 +374,96 @@
   <si>
     <t>#63 Dirty Burt - LG</t>
   </si>
   <si>
     <t>#70 David Koresh - C</t>
   </si>
   <si>
     <t>#73 Brett Young - RG</t>
   </si>
   <si>
     <t>#61 Larry Reyes - RT</t>
   </si>
   <si>
     <t>#73 James Mayo - RDE</t>
   </si>
   <si>
     <t>#77 Lloyd Boyd - DT</t>
   </si>
   <si>
     <t>#2 Debbie Delaunville - SS</t>
   </si>
   <si>
     <t>#92 Lee Sands - CB</t>
   </si>
   <si>
-    <t>#49 Jeffrey Lavender - SS</t>
+    <t>#41 Jeffrey Lavender - SS</t>
   </si>
   <si>
     <t>#50 Terrell Grady - WLB</t>
   </si>
   <si>
     <t>#48 Ra Ja - CB</t>
   </si>
   <si>
     <t>#22 Bill Clapper - CB</t>
   </si>
   <si>
     <t>#39 Charles Upchurch - CB</t>
   </si>
   <si>
-    <t>#54 Dorsey Oshea - SLB</t>
+    <t>#59 Dorsey Oshea - SLB</t>
   </si>
   <si>
     <t>#26 Richard Baxter - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>CCA 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-8-CCA 27 (14:16) 1-Steven Rivera ran to CCA 29 for 2 yards. Tackle by 77-Lloyd Boyd.</t>
   </si>
   <si>
     <t>#41 Charles Hurst - RB</t>
   </si>
   <si>
     <t>#12 Alfredo Brown - FB</t>
   </si>
   <si>
     <t>#88 Edward Gaylord - TE</t>
   </si>
   <si>
-    <t>#60 William Turner - RDE</t>
+    <t>#51 William Turner - RDE</t>
   </si>
   <si>
     <t>#51 Patrick Cleveland - MLB</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>CCA 29</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-6-CCA 29 (13:42) 14-Thomas Avery pass Pass knocked down by 48-Ra Ja. incomplete, intended for 82-Fleet Rivers.</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -1394,51 +1394,51 @@
   <si>
     <t>2-6-CCA 39 (9:59) 1-Steven Rivera ran to CCA 42 for 3 yards. Tackle by 44-Terrell Grady. GTW 44-Terrell Grady was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-3-CCA 42 (9:19) 41-Charles Hurst ran to GTW 48 for 10 yards. Tackle by 48-Ra Ja. CCA 10-Martin Watkin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>1-10-GTW 48 (8:32) 12-Alfredo Brown ran to CCA 50 for -2 yards. Tackle by 68-Lee Sands.</t>
   </si>
   <si>
     <t>2-12-CCA 50 (7:56) 14-Thomas Avery pass complete to 84-Aubrey Santos to GTW 36 for 15 yards. Tackle by 23-Billy Hervey.</t>
   </si>
   <si>
     <t>#35 Thomas Carey - CB</t>
   </si>
   <si>
-    <t>#30 Earnest Flournoy - SS</t>
+    <t>#44 Earnest Flournoy - SS</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>1-10-GTW 36 (7:15) 12-Alfredo Brown ran to GTW 33 for 3 yards. Tackle by 49-Jeffrey Lavender. CCA 73-Brett Young was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2-7-GTW 33 (6:32) 14-Thomas Avery pass complete to 85-Vernon Martin to GTW 29 for 3 yards. Tackle by 97-Vern Spencer.</t>
   </si>
   <si>
     <t>5:56</t>
   </si>
   <si>
     <t>3-4-GTW 29 (5:55) 14-Thomas Avery pass complete to 85-Vernon Martin to GTW 26 for 3 yards. Tackle by 49-Jeffrey Lavender.</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>GTW 26</t>
   </si>
   <si>
     <t>4-1-GTW 26 (5:14) 5-Thomas McDonald 43 yard field goal is GOOD. CCA 3 GTW 10</t>
   </si>