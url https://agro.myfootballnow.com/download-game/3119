--- v0 (2025-10-26)
+++ v1 (2025-11-22)
@@ -503,51 +503,51 @@
   <si>
     <t>CCA 8</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>1-10-CCA 8 (13:28) 1-Steven Rivera ran to CCA 17 for 9 yards. Tackle by 37-Carl Watson.</t>
   </si>
   <si>
     <t>#14 Thomas Avery - QB</t>
   </si>
   <si>
     <t>#9 Steven Rivera - WR</t>
   </si>
   <si>
     <t>#86 John Rosas - TE</t>
   </si>
   <si>
     <t>#10 Martin Watkin - WR</t>
   </si>
   <si>
     <t>#18 Timothy Nash - WR</t>
   </si>
   <si>
-    <t>#80 Jose Weber - WR</t>
+    <t>#12 Jose Weber - WR</t>
   </si>
   <si>
     <t>#62 Thorvald Bloodwater - LT</t>
   </si>
   <si>
     <t>#63 Dirty Burt - LG</t>
   </si>
   <si>
     <t>#70 David Koresh - C</t>
   </si>
   <si>
     <t>#73 Brett Young - RG</t>
   </si>
   <si>
     <t>#72 Willis Reed - C</t>
   </si>
   <si>
     <t>#93 Aaron Mettler - DT</t>
   </si>
   <si>
     <t>#30 Malcolm Livengood - CB</t>
   </si>
   <si>
     <t>#40 Michael Mitchell - CB</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>CCA 22</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>3-8-CCA 22 (10:59) 41-Charles Hurst ran to CCA 29 for 7 yards. Tackle by 50-Red Miller. KDB 93-Aaron Mettler was injured on the play.</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>CCA 29</t>
   </si>
   <si>
     <t>4-1-CCA 29 (10:20) 6-Wesley Hepler punts 47 yards to KDB 24. 2-Edward Malus   to KDB 27 for 4 yards. Tackle by 55-David Abshire.</t>
   </si>
   <si>
     <t>#6 Wesley Hepler - P</t>
   </si>
   <si>
     <t>#68 James Stach - LG</t>
   </si>
   <si>
-    <t>#91 Raul Carillo - WLB</t>
+    <t>#58 Raul Carillo - WLB</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>KDB 27</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-KDB 27 (10:11) 19-Steven Pomerleau pass complete to 12-Eric Bates to KDB 31 for 4 yards. Tackle by 56-Snag Lineberry.</t>
   </si>
   <si>
     <t>#57 Mitch Hennesy - WLB</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>KDB 31</t>
   </si>
@@ -941,51 +941,51 @@
   <si>
     <t>#94 Chuck Tate - RDE</t>
   </si>
   <si>
     <t>#75 Dennis Barker - LDE</t>
   </si>
   <si>
     <t>0:22</t>
   </si>
   <si>
     <t>(0:23) 9-John Irwin kicks 64 yards from KDB 35 to CCA 1. 41-Charles Hurst to CCA 25 for 24 yards. Tackle by 92-Clarence Jones. KDB 36-Terence Swope was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:18</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CCA 25 (0:19) 1-Steven Rivera ran to CCA 27 for 3 yards. Tackle by 25-Joshua Fernandez.</t>
   </si>
   <si>
-    <t>#96 Lloyd Williams - LDE</t>
+    <t>#57 Lloyd Williams - LDE</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>2-7-CCA 27 (15:00) 1-Steven Rivera ran to CCA 33 for 5 yards. Tackle by 30-Malcolm Livengood.</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>CCA 33</t>
   </si>
   <si>
     <t>3-2-CCA 33 (14:26) 1-Steven Rivera ran to CCA 37 for 4 yards. Tackle by 25-Joshua Fernandez. CCA 67-Dirty Burt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>CCA 37</t>
   </si>