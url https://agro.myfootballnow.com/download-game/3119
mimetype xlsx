--- v1 (2025-11-22)
+++ v2 (2026-01-10)
@@ -338,51 +338,51 @@
   <si>
     <t>#5 Thomas McDonald - K</t>
   </si>
   <si>
     <t>KDB</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>KDB 35</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-KDB 35 (14:55) 18-Scott Smith ran to KDB 38 for 4 yards. Tackle by 24-Chad Law.</t>
   </si>
   <si>
     <t>#9 Steven Pomerleau - QB</t>
   </si>
   <si>
-    <t>#18 Scott Smith - WR</t>
+    <t>#84 Scott Smith - WR</t>
   </si>
   <si>
     <t>#80 Clarence Johnson - TE</t>
   </si>
   <si>
     <t>#12 Eric Bates - WR</t>
   </si>
   <si>
     <t>#15 Ben Richards - WR</t>
   </si>
   <si>
     <t>#1 James Malone - WR</t>
   </si>
   <si>
     <t>#63 Lucius Fox - LT</t>
   </si>
   <si>
     <t>#74 Jeromy Cherry - LG</t>
   </si>
   <si>
     <t>#62 George Perry - C</t>
   </si>
   <si>
     <t>#55 Charles Chapman - LT</t>
   </si>
@@ -527,51 +527,51 @@
   <si>
     <t>#12 Jose Weber - WR</t>
   </si>
   <si>
     <t>#62 Thorvald Bloodwater - LT</t>
   </si>
   <si>
     <t>#63 Dirty Burt - LG</t>
   </si>
   <si>
     <t>#70 David Koresh - C</t>
   </si>
   <si>
     <t>#73 Brett Young - RG</t>
   </si>
   <si>
     <t>#72 Willis Reed - C</t>
   </si>
   <si>
     <t>#93 Aaron Mettler - DT</t>
   </si>
   <si>
     <t>#30 Malcolm Livengood - CB</t>
   </si>
   <si>
-    <t>#40 Michael Mitchell - CB</t>
+    <t>#21 Michael Mitchell - CB</t>
   </si>
   <si>
     <t>#37 Carl Watson - SS</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>CCA 17</t>
   </si>
   <si>
     <t>Singleback Slot Strong Slot Curl</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-CCA 17 (12:50) 14-Thomas Avery pass Pass knocked down by 25-Joshua Fernandez. incomplete, intended for 10-Martin Watkin.</t>
   </si>
   <si>
     <t>#79 Neville Flynn - LDE</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
@@ -662,54 +662,54 @@
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-KDB 27 (10:11) 19-Steven Pomerleau pass complete to 12-Eric Bates to KDB 31 for 4 yards. Tackle by 56-Snag Lineberry.</t>
   </si>
   <si>
     <t>#57 Mitch Hennesy - WLB</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>KDB 31</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-6-KDB 31 (9:26) 19-Steven Pomerleau pass complete to 4-Michael Schweitzer to KDB 45 for 14 yards. KDB 68-George Walker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#32 Clayton Whitacre - FB</t>
-[...2 lines deleted...]
-    <t>#84 David Coppola - TE</t>
+    <t>#49 Clayton Whitacre - FB</t>
+  </si>
+  <si>
+    <t>#82 David Coppola - TE</t>
   </si>
   <si>
     <t>#71 Eliseo Childress - DT</t>
   </si>
   <si>
     <t>8:48</t>
   </si>
   <si>
     <t>KDB 45</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>1-10-KDB 45 (8:47) 19-Steven Pomerleau pass complete to 1-James Malone to CCA 38 for 17 yards. Tackle by 47-Mark Bulloch.</t>
   </si>
   <si>
     <t>#13 Foster Hill - WR</t>
   </si>
   <si>
     <t>#67 Barbara St Johns - RG</t>
   </si>