--- v2 (2026-01-10)
+++ v3 (2026-02-27)
@@ -521,51 +521,51 @@
   <si>
     <t>#10 Martin Watkin - WR</t>
   </si>
   <si>
     <t>#18 Timothy Nash - WR</t>
   </si>
   <si>
     <t>#12 Jose Weber - WR</t>
   </si>
   <si>
     <t>#62 Thorvald Bloodwater - LT</t>
   </si>
   <si>
     <t>#63 Dirty Burt - LG</t>
   </si>
   <si>
     <t>#70 David Koresh - C</t>
   </si>
   <si>
     <t>#73 Brett Young - RG</t>
   </si>
   <si>
     <t>#72 Willis Reed - C</t>
   </si>
   <si>
-    <t>#93 Aaron Mettler - DT</t>
+    <t>#51 Aaron Mettler - DT</t>
   </si>
   <si>
     <t>#30 Malcolm Livengood - CB</t>
   </si>
   <si>
     <t>#21 Michael Mitchell - CB</t>
   </si>
   <si>
     <t>#37 Carl Watson - SS</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>CCA 17</t>
   </si>
   <si>
     <t>Singleback Slot Strong Slot Curl</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-CCA 17 (12:50) 14-Thomas Avery pass Pass knocked down by 25-Joshua Fernandez. incomplete, intended for 10-Martin Watkin.</t>
   </si>