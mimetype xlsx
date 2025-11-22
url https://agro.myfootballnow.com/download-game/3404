--- v0 (2025-10-26)
+++ v1 (2025-11-22)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 5-John Allen kicks 74 yards from FCF 35 to 3DT -9. Touchback.</t>
   </si>
   <si>
     <t>#89 Leslie Gilley - WR</t>
   </si>
   <si>
     <t>#32 Tommy Saucier - CB</t>
   </si>
   <si>
     <t>#94 Darnell Sharpe - MLB</t>
   </si>
   <si>
     <t>#42 Erik Pratt - FS</t>
   </si>
   <si>
     <t>#36 Larry Bentley - CB</t>
   </si>
   <si>
     <t>#44 William Hanson - FS</t>
   </si>
   <si>
     <t>#99 Charlie Kaufman   - SLB</t>
   </si>
   <si>
-    <t>#53 William Crockett - SLB</t>
+    <t>#55 William Crockett - SLB</t>
   </si>
   <si>
     <t>#91 Steve Helland - WLB</t>
   </si>
   <si>
     <t>#56 Ray Watson - RDE</t>
   </si>
   <si>
     <t>#23 Jimmie Gildersleeve - SS</t>
   </si>
   <si>
     <t>#5 John Allen - K</t>
   </si>
   <si>
     <t>3DT</t>
   </si>
   <si>
     <t>3DT 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
@@ -440,51 +440,51 @@
   <si>
     <t>#59 Ryan Henry - WLB</t>
   </si>
   <si>
     <t>#23 Sterling Bolden - FS</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>3DT 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-3DT 39 (13:43) PENALTY - False Start (3DT 79-Mike Johnson)</t>
   </si>
   <si>
     <t>#30 John West - FB</t>
   </si>
   <si>
-    <t>#65 Clarence Randall - LDE</t>
+    <t>#99 Clarence Randall - LDE</t>
   </si>
   <si>
     <t>#50 Shane Haynes - MLB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>3DT 34</t>
   </si>
   <si>
     <t>Singleback Normal All Go</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-15-3DT 34 (13:43) 10-Roland Stull pass Pass knocked down by 24-Cruz Missel. incomplete, intended for 14-William Netto.</t>
   </si>
   <si>
     <t>#14 William Netto - WR</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
@@ -1112,51 +1112,51 @@
   <si>
     <t>4:22</t>
   </si>
   <si>
     <t>FCF 42</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>2-8-FCF 42 (4:21) 1-Lon Braun pass complete to 10-Jet Mitchell to 3DT 46 for 13 yards.</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>3DT 46</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-3DT 46 (3:33) 10-Jet Mitchell ran to 3DT 47 for -2 yards. Tackle by 53-William Crockett.</t>
   </si>
   <si>
-    <t>#83 Wendell Mace - WR</t>
+    <t>#16 Wendell Mace - WR</t>
   </si>
   <si>
     <t>2:54</t>
   </si>
   <si>
     <t>3DT 47</t>
   </si>
   <si>
     <t>2-12-3DT 47 (2:53) 18-Leon McDonald ran to 3DT 38 for 10 yards. Tackle by 46-George Herman.</t>
   </si>
   <si>
     <t>2:13</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-2-3DT 38 (2:12) 1-Lon Braun pass complete to 89-Jimmy Harper to 3DT 29 for 9 yards. Tackle by 54-Craig Antunez. 54-Craig Antunez got away with a hold on that play. 91-Steve Helland got away with a hold on that play.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>