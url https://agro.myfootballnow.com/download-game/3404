--- v1 (2025-11-22)
+++ v2 (2025-12-14)
@@ -347,51 +347,51 @@
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-3DT 25 (15:00) 19-Captain Antonio Corelli ran to 3DT 31 for 6 yards. Tackle by 20-Roberto Sexton. 3DT 89-Leslie Gilley was injured on the play. He looks like he should be able to return. FCF 55-Jake Preston was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#10 Roland Stull - QB</t>
   </si>
   <si>
     <t>#19 Captain Antonio Corelli - WR</t>
   </si>
   <si>
     <t>#84 Robert Norton - TE</t>
   </si>
   <si>
     <t>#83 Sammie Paradise - WR</t>
   </si>
   <si>
     <t>#85 Wesley Chase - WR</t>
   </si>
   <si>
-    <t>#64 Lewis Woodard - LT</t>
+    <t>#75 Lewis Woodard - LT</t>
   </si>
   <si>
     <t>#79 Mike Johnson - LG</t>
   </si>
   <si>
     <t>#70 David Rickman - C</t>
   </si>
   <si>
     <t>#65 Joseph Shores - RG</t>
   </si>
   <si>
     <t>#75 Anthony McClellan - RT</t>
   </si>
   <si>
     <t>#94 Lee Reichman - LDE</t>
   </si>
   <si>
     <t>#71 Joseph Smith - DT</t>
   </si>
   <si>
     <t>#93 Jack Sawyer - RDE</t>
   </si>
   <si>
     <t>#55 Jake Preston - SLB</t>
   </si>
@@ -1430,51 +1430,51 @@
   <si>
     <t>3DT 20</t>
   </si>
   <si>
     <t>1-10-3DT 20 (3:20) 19-Captain Antonio Corelli ran to 3DT 19 for -1 yards. Tackle by 56-Indiana Jones. FCF 99-Joseph Smith was injured on the play. He looks like he should be able to return. FCF 93-Jack Sawyer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:37</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>2-11-3DT 19 (2:36) 19-Captain Antonio Corelli ran to 3DT 29 for 9 yards. Tackle by 26-Patrick Joyner.</t>
   </si>
   <si>
     <t>1:59</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>3-1-3DT 29 (1:58) 10-Roland Stull pass complete to 89-Leslie Gilley to 3DT 31 for 2 yards. Tackle by 45-Carl Lee Hailey.</t>
   </si>
   <si>
-    <t>#96 Michael Hayes - RDE</t>
+    <t>#96 Michael Hayes - WLB</t>
   </si>
   <si>
     <t>1:18</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-3DT 31 (1:17) 14-William Netto ran to 3DT 39 for 8 yards. Tackle by 24-Cruz Missel.</t>
   </si>
   <si>
     <t>0:34</t>
   </si>
   <si>
     <t>2-2-3DT 39 (0:33) 30-John West ran to 3DT 50 for 11 yards. Tackle by 36-Glen Miller. FCF 40-Anthony William was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>3DT 50</t>
   </si>
   <si>
     <t>1-10-3DT 50 (15:00) 10-Roland Stull pass complete to 89-Leslie Gilley to FCF 42 for 9 yards. Tackle by 45-Carl Lee Hailey. 45-Carl Lee Hailey got away with a hold on that play. 3DT 64-Lewis Woodard was injured on the play.</t>
   </si>