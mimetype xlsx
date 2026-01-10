--- v2 (2025-12-14)
+++ v3 (2026-01-10)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>3DT has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>FCF</t>
   </si>
   <si>
     <t>FCF 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-John Allen kicks 74 yards from FCF 35 to 3DT -9. Touchback.</t>
   </si>
   <si>
     <t>#89 Leslie Gilley - WR</t>
   </si>
   <si>
-    <t>#32 Tommy Saucier - CB</t>
+    <t>#35 Tommy Saucier - CB</t>
   </si>
   <si>
     <t>#94 Darnell Sharpe - MLB</t>
   </si>
   <si>
     <t>#42 Erik Pratt - FS</t>
   </si>
   <si>
     <t>#36 Larry Bentley - CB</t>
   </si>
   <si>
     <t>#44 William Hanson - FS</t>
   </si>
   <si>
     <t>#99 Charlie Kaufman   - SLB</t>
   </si>
   <si>
     <t>#55 William Crockett - SLB</t>
   </si>
   <si>
     <t>#91 Steve Helland - WLB</t>
   </si>
   <si>
     <t>#56 Ray Watson - RDE</t>
   </si>
@@ -377,57 +377,57 @@
   <si>
     <t>#70 David Rickman - C</t>
   </si>
   <si>
     <t>#65 Joseph Shores - RG</t>
   </si>
   <si>
     <t>#75 Anthony McClellan - RT</t>
   </si>
   <si>
     <t>#94 Lee Reichman - LDE</t>
   </si>
   <si>
     <t>#71 Joseph Smith - DT</t>
   </si>
   <si>
     <t>#93 Jack Sawyer - RDE</t>
   </si>
   <si>
     <t>#55 Jake Preston - SLB</t>
   </si>
   <si>
     <t>#58 Nicholas Turberville - MLB</t>
   </si>
   <si>
-    <t>#56 Indiana Jones - SLB</t>
+    <t>#59 Indiana Jones - SLB</t>
   </si>
   <si>
     <t>#45 Carl Lee Hailey - CB</t>
   </si>
   <si>
-    <t>#40 Anthony William - CB</t>
+    <t>#25 Anthony William - CB</t>
   </si>
   <si>
     <t>#26 Patrick Joyner - CB</t>
   </si>
   <si>
     <t>#43 Cruz Missel - SS</t>
   </si>
   <si>
     <t>#20 Roberto Sexton - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>3DT 31</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-4-3DT 31 (14:21) 10-Roland Stull pass complete to 84-Robert Norton to 3DT 39 for 8 yards. Tackle by 20-Roberto Sexton. 84-Robert Norton breaks down the CB.</t>
   </si>
@@ -611,99 +611,99 @@
   <si>
     <t>#76 Vincent Conger - RT</t>
   </si>
   <si>
     <t>#77 Loren Pulliam - RT</t>
   </si>
   <si>
     <t>#71 Hector Turner - RG</t>
   </si>
   <si>
     <t>#69 Jimmy Stewart - RG</t>
   </si>
   <si>
     <t>#18 Leon McDonald - WR</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>3DT 35</t>
   </si>
   <si>
     <t>(9:00) 16-Thomas Seay kicks 72 yards from 3DT 35 to FCF -7. Touchback.</t>
   </si>
   <si>
-    <t>#35 Travis Deal - RB</t>
+    <t>#32 Travis Deal - RB</t>
   </si>
   <si>
     <t>FCF 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-FCF 25 (9:00) 35-Travis Deal ran to FCF 25 for a short gain. Tackle by 92-Darnell Sharpe. FCF 69-Frank Ballenger was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Lon Braun - QB</t>
   </si>
   <si>
     <t>#64 Dale Shain - C</t>
   </si>
   <si>
     <t>#89 Jimmy Harper - TE</t>
   </si>
   <si>
     <t>#87 Thomas Lawrence - TE</t>
   </si>
   <si>
     <t>#81 Yuri Orlov  - TE</t>
   </si>
   <si>
     <t>#71 Marvin Cornelius - LT</t>
   </si>
   <si>
     <t>#71 Frank Ballenger - LT</t>
   </si>
   <si>
     <t>#61 Miles Bradley - LG</t>
   </si>
   <si>
     <t>#68 Kenneth Easter - RG</t>
   </si>
   <si>
     <t>#78 Alvin Hawley - RT</t>
   </si>
   <si>
     <t>#90 Laurence Osborn - WLB</t>
   </si>
   <si>
-    <t>#55 Earnest Mullins - LDE</t>
+    <t>#96 Earnest Mullins - LDE</t>
   </si>
   <si>
     <t>#60 Frank Pierce - DT</t>
   </si>
   <si>
     <t>#67 Steven Vaught - LDE</t>
   </si>
   <si>
     <t>#73 Jeremiah Behrens - RDE</t>
   </si>
   <si>
     <t>#25 Dennis Moore - CB</t>
   </si>
   <si>
     <t>#39 Robert Carr - CB</t>
   </si>
   <si>
     <t>8:26</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Weak</t>
   </si>
   <si>
     <t>2-10-FCF 25 (8:25) 89-Jimmy Harper ran to FCF 29 for 4 yards. Tackle by 39-Robert Carr.</t>
   </si>
@@ -818,51 +818,51 @@
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>4-3-FCF 48 (4:06) 18-Richard Ethridge punts 38 yards to FCF 10. 3DT 64-Lewis Woodard was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#18 Richard Ethridge - P</t>
   </si>
   <si>
     <t>#10 Jet Mitchell - WR</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-FCF 10 (3:59) 35-Travis Deal ran to FCF 12 for 2 yards. Tackle by 90-Laurence Osborn.</t>
   </si>
   <si>
-    <t>#46 George Herman - FS</t>
+    <t>#29 George Herman - FS</t>
   </si>
   <si>
     <t>3:15</t>
   </si>
   <si>
     <t>FCF 12</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>2-8-FCF 12 (3:14) 89-Jimmy Harper ran to FCF 11 for a short loss. Tackle by 60-Frank Pierce.</t>
   </si>
   <si>
     <t>2:31</t>
   </si>
   <si>
     <t>FCF 11</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2</t>
   </si>