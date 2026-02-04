--- v3 (2026-01-10)
+++ v4 (2026-02-04)
@@ -647,51 +647,51 @@
   <si>
     <t>1-10-FCF 25 (9:00) 35-Travis Deal ran to FCF 25 for a short gain. Tackle by 92-Darnell Sharpe. FCF 69-Frank Ballenger was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Lon Braun - QB</t>
   </si>
   <si>
     <t>#64 Dale Shain - C</t>
   </si>
   <si>
     <t>#89 Jimmy Harper - TE</t>
   </si>
   <si>
     <t>#87 Thomas Lawrence - TE</t>
   </si>
   <si>
     <t>#81 Yuri Orlov  - TE</t>
   </si>
   <si>
     <t>#71 Marvin Cornelius - LT</t>
   </si>
   <si>
     <t>#71 Frank Ballenger - LT</t>
   </si>
   <si>
-    <t>#61 Miles Bradley - LG</t>
+    <t>#67 Miles Bradley - LG</t>
   </si>
   <si>
     <t>#68 Kenneth Easter - RG</t>
   </si>
   <si>
     <t>#78 Alvin Hawley - RT</t>
   </si>
   <si>
     <t>#90 Laurence Osborn - WLB</t>
   </si>
   <si>
     <t>#96 Earnest Mullins - LDE</t>
   </si>
   <si>
     <t>#60 Frank Pierce - DT</t>
   </si>
   <si>
     <t>#67 Steven Vaught - LDE</t>
   </si>
   <si>
     <t>#73 Jeremiah Behrens - RDE</t>
   </si>
   <si>
     <t>#25 Dennis Moore - CB</t>
   </si>