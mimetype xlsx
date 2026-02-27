--- v4 (2026-02-04)
+++ v5 (2026-02-27)
@@ -818,51 +818,51 @@
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>4-3-FCF 48 (4:06) 18-Richard Ethridge punts 38 yards to FCF 10. 3DT 64-Lewis Woodard was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#18 Richard Ethridge - P</t>
   </si>
   <si>
     <t>#10 Jet Mitchell - WR</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-FCF 10 (3:59) 35-Travis Deal ran to FCF 12 for 2 yards. Tackle by 90-Laurence Osborn.</t>
   </si>
   <si>
-    <t>#29 George Herman - FS</t>
+    <t>#33 George Herman - FS</t>
   </si>
   <si>
     <t>3:15</t>
   </si>
   <si>
     <t>FCF 12</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>2-8-FCF 12 (3:14) 89-Jimmy Harper ran to FCF 11 for a short loss. Tackle by 60-Frank Pierce.</t>
   </si>
   <si>
     <t>2:31</t>
   </si>
   <si>
     <t>FCF 11</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2</t>
   </si>