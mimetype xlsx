--- v0 (2025-10-26)
+++ v1 (2025-11-22)
@@ -293,54 +293,54 @@
   <si>
     <t>ARC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Carlos Baker kicks 71 yards from ARC 35 to 3DT -6. 89-Leslie Gilley to 3DT 23 for 29 yards. Tackle by 49-Jeffery Retzlaff.</t>
   </si>
   <si>
     <t>#89 Leslie Gilley - WR</t>
   </si>
   <si>
     <t>#60 Frank Pierce - DT</t>
   </si>
   <si>
     <t>#92 Henry Reed - MLB</t>
   </si>
   <si>
     <t>#91 Steve Helland - WLB</t>
   </si>
   <si>
-    <t>#58 Arnold Geiger - WLB</t>
-[...2 lines deleted...]
-    <t>#53 William Crockett - SLB</t>
+    <t>#54 Arnold Geiger - WLB</t>
+  </si>
+  <si>
+    <t>#55 William Crockett - SLB</t>
   </si>
   <si>
     <t>#32 Tommy Saucier - CB</t>
   </si>
   <si>
     <t>#74 Brett Dillon - DT</t>
   </si>
   <si>
     <t>#23 Jimmie Gildersleeve - SS</t>
   </si>
   <si>
     <t>#39 Robert Carr - CB</t>
   </si>
   <si>
     <t>#36 Larry Bentley - CB</t>
   </si>
   <si>
     <t>#9 Carlos Baker - K</t>
   </si>
   <si>
     <t>3DT</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
@@ -380,51 +380,51 @@
   <si>
     <t>#69 Jimmy Stewart - RG</t>
   </si>
   <si>
     <t>#70 David Rickman - C</t>
   </si>
   <si>
     <t>#65 Joseph Shores - RG</t>
   </si>
   <si>
     <t>#75 Anthony McClellan - RT</t>
   </si>
   <si>
     <t>#94 Aaron Allison - RDE</t>
   </si>
   <si>
     <t>#39 Derek Prince - FS</t>
   </si>
   <si>
     <t>#53 Donald Austin - RDE</t>
   </si>
   <si>
     <t>#52 Wilburn Blaisdell - SS</t>
   </si>
   <si>
-    <t>#97 Kevin Rivers - WLB</t>
+    <t>#90 Kevin Rivers - WLB</t>
   </si>
   <si>
     <t>#44 Gregory Schreck - SS</t>
   </si>
   <si>
     <t>#50 Virgil Spradley - SLB</t>
   </si>
   <si>
     <t>#54 Zachary Winter - SS</t>
   </si>
   <si>
     <t>#1 Don Sims - CB</t>
   </si>
   <si>
     <t>#39 Keith Middleton - CB</t>
   </si>
   <si>
     <t>#41 Tyler Vines - SS</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>3DT 25</t>
   </si>
@@ -713,51 +713,51 @@
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-5-ARC 50 (7:54) 11-David Hardin ran to ARC 47 for -3 yards. Tackle by 55-Earnest Mullins. 80-Wesley Karlson totally missed that block.</t>
   </si>
   <si>
     <t>#11 David Hardin - WR</t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>4-7-ARC 47 (7:09) 18-Richard Simpson punts 40 yards to 3DT 12.</t>
   </si>
   <si>
     <t>#18 Richard Simpson - P</t>
   </si>
   <si>
     <t>#74 Paul Dalton - C</t>
   </si>
   <si>
     <t>#55 Jeffrey Patel - LT</t>
   </si>
   <si>
-    <t>#79 Freeman Young - LG</t>
+    <t>#68 Freeman Young - LG</t>
   </si>
   <si>
     <t>#51 Joseph Trimble - WLB</t>
   </si>
   <si>
     <t>7:01</t>
   </si>
   <si>
     <t>3DT 12</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-3DT 12 (7:02) 19-Christian Pridemore pass complete to 85-Wesley Chase to 3DT 18 for 6 yards. Tackle by 50-Virgil Spradley. ARC 57-Bobby Hoffman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>3DT 18</t>
   </si>