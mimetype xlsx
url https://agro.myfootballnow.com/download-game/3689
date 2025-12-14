--- v1 (2025-11-22)
+++ v2 (2025-12-14)
@@ -476,51 +476,51 @@
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-5-3DT 30 (14:16) 19-Christian Pridemore pass complete to 84-Robert Norton to 3DT 32 for 3 yards. Tackle by 1-Don Sims. 14-William Netto was completely beat on that play. ARC 1-Don Sims was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>3DT 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-3DT 32 (13:33) 18-Richard Ethridge punts 50 yards to ARC 17. 7-Michael Brumfield to ARC 18 for 1 yards. Tackle by 91-Steve Helland.</t>
   </si>
   <si>
     <t>#18 Richard Ethridge - P</t>
   </si>
   <si>
-    <t>#64 Lewis Woodard - LT</t>
+    <t>#75 Lewis Woodard - LT</t>
   </si>
   <si>
     <t>#7 Michael Brumfield - WR</t>
   </si>
   <si>
     <t>#30 Jasper Suggs - CB</t>
   </si>
   <si>
     <t>#8 Wade Rhodes - FS</t>
   </si>
   <si>
     <t>#22 Jeffery Retzlaff - SS</t>
   </si>
   <si>
     <t>#79 Mike Johnson - LG</t>
   </si>
   <si>
     <t>#68 Michael Adams - C</t>
   </si>
   <si>
     <t>#51 Juan Williams - RT</t>
   </si>
   <si>
     <t>13:24</t>
   </si>