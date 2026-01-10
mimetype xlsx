--- v2 (2025-12-14)
+++ v3 (2026-01-10)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Carlos Baker kicks 71 yards from ARC 35 to 3DT -6. 89-Leslie Gilley to 3DT 23 for 29 yards. Tackle by 49-Jeffery Retzlaff.</t>
   </si>
   <si>
     <t>#89 Leslie Gilley - WR</t>
   </si>
   <si>
     <t>#60 Frank Pierce - DT</t>
   </si>
   <si>
     <t>#92 Henry Reed - MLB</t>
   </si>
   <si>
     <t>#91 Steve Helland - WLB</t>
   </si>
   <si>
     <t>#54 Arnold Geiger - WLB</t>
   </si>
   <si>
     <t>#55 William Crockett - SLB</t>
   </si>
   <si>
-    <t>#32 Tommy Saucier - CB</t>
+    <t>#35 Tommy Saucier - CB</t>
   </si>
   <si>
     <t>#74 Brett Dillon - DT</t>
   </si>
   <si>
     <t>#23 Jimmie Gildersleeve - SS</t>
   </si>
   <si>
     <t>#39 Robert Carr - CB</t>
   </si>
   <si>
     <t>#36 Larry Bentley - CB</t>
   </si>
   <si>
     <t>#9 Carlos Baker - K</t>
   </si>
   <si>
     <t>3DT</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>3DT 23</t>
   </si>
@@ -542,84 +542,84 @@
   <si>
     <t>#3 Robert Phillips - WR</t>
   </si>
   <si>
     <t>#83 Dennis Jones - TE</t>
   </si>
   <si>
     <t>#13 Robert Fielding - WR</t>
   </si>
   <si>
     <t>#89 Arthur Molina - WR</t>
   </si>
   <si>
     <t>#76 Jason Peterson - LT</t>
   </si>
   <si>
     <t>#58 James Gonzalez - LG</t>
   </si>
   <si>
     <t>#73 Owen Ballard - C</t>
   </si>
   <si>
     <t>#69 Marshall Grier - RG</t>
   </si>
   <si>
-    <t>#55 Earnest Mullins - LDE</t>
+    <t>#96 Earnest Mullins - LDE</t>
   </si>
   <si>
     <t>#96 Charles Clark - RDE</t>
   </si>
   <si>
     <t>#50 Leslie Rojas - RDE</t>
   </si>
   <si>
     <t>#98 Ronald Singleton - WLB</t>
   </si>
   <si>
     <t>#25 Dennis Moore - CB</t>
   </si>
   <si>
-    <t>#46 George Herman - FS</t>
+    <t>#29 George Herman - FS</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>ARC 16</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-12-ARC 16 (12:42) 3-Robert Phillips ran to ARC 25 for 9 yards. Tackle by 58-Arnold Geiger. ARC 51-Juan Williams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#80 Wesley Karlson - RB</t>
+    <t>#48 Wesley Karlson - RB</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>ARC 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-3-ARC 25 (12:03) 3-Robert Phillips ran to ARC 28 for 3 yards. Tackle by 32-Tommy Saucier.</t>
   </si>
   <si>
     <t>#59 Allen Attaway - C</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>ARC 28</t>
   </si>
@@ -1112,51 +1112,51 @@
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>3DT 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(4:32) Extra point GOOD by 9-Carlos Baker. ARC 7 3DT 0</t>
   </si>
   <si>
     <t>#2 Gregory Teer - QB</t>
   </si>
   <si>
     <t>#73 Jeremiah Behrens - RDE</t>
   </si>
   <si>
     <t>(4:32) 9-Carlos Baker kicks 74 yards from ARC 35 to 3DT -9. Touchback.</t>
   </si>
   <si>
-    <t>#59 Christopher Silas - RT</t>
+    <t>#77 Christopher Silas - RT</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-3DT 25 (4:32) PENALTY - False Start (3DT 80-Reid Phillips)</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-15-3DT 20 (4:32) 19-Christian Pridemore pass Pass knocked down by 1-Don Sims. incomplete, intended for 80-Reid Phillips. 3DT 78-Thomas Schrimsher was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:27</t>
   </si>
   <si>
     <t>2-15-3DT 20 (4:28) 14-William Netto ran to 3DT 21 for 1 yards. Tackle by 50-Virgil Spradley.</t>
   </si>
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>3DT 21</t>
   </si>