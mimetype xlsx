--- v3 (2026-01-10)
+++ v4 (2026-02-27)
@@ -557,51 +557,51 @@
   <si>
     <t>#58 James Gonzalez - LG</t>
   </si>
   <si>
     <t>#73 Owen Ballard - C</t>
   </si>
   <si>
     <t>#69 Marshall Grier - RG</t>
   </si>
   <si>
     <t>#96 Earnest Mullins - LDE</t>
   </si>
   <si>
     <t>#96 Charles Clark - RDE</t>
   </si>
   <si>
     <t>#50 Leslie Rojas - RDE</t>
   </si>
   <si>
     <t>#98 Ronald Singleton - WLB</t>
   </si>
   <si>
     <t>#25 Dennis Moore - CB</t>
   </si>
   <si>
-    <t>#29 George Herman - FS</t>
+    <t>#33 George Herman - FS</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>ARC 16</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-12-ARC 16 (12:42) 3-Robert Phillips ran to ARC 25 for 9 yards. Tackle by 58-Arnold Geiger. ARC 51-Juan Williams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#48 Wesley Karlson - RB</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>ARC 25</t>
   </si>