--- v0 (2025-10-26)
+++ v1 (2025-11-22)
@@ -374,51 +374,51 @@
   <si>
     <t>#1 Larry Smith - RB</t>
   </si>
   <si>
     <t>#56 Juan Houtz - LT</t>
   </si>
   <si>
     <t>#54 Eric Moore - C</t>
   </si>
   <si>
     <t>#64 Wamaka Olo - C</t>
   </si>
   <si>
     <t>#62 Carl Fletcher - LG</t>
   </si>
   <si>
     <t>#70 Walter Weaver - RT</t>
   </si>
   <si>
     <t>#90 Adam Werner - LDE</t>
   </si>
   <si>
     <t>#95 Leroy Wolfe - DT</t>
   </si>
   <si>
-    <t>#65 Clarence Randall - LDE</t>
+    <t>#99 Clarence Randall - LDE</t>
   </si>
   <si>
     <t>#90 Enrique Holmes - RDE</t>
   </si>
   <si>
     <t>#53 Adam Hiott - MLB</t>
   </si>
   <si>
     <t>#52 George Oster - WLB</t>
   </si>
   <si>
     <t>#40 Anthony William - CB</t>
   </si>
   <si>
     <t>#26 Patrick Joyner - CB</t>
   </si>
   <si>
     <t>#27 Jerry Mueller - CB</t>
   </si>
   <si>
     <t>#43 Cruz Missel - SS</t>
   </si>
   <si>
     <t>#23 Sterling Bolden - FS</t>
   </si>
@@ -482,51 +482,51 @@
   <si>
     <t>FCF 45</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-1-FCF 45 (12:19) 4-William Deal pass Pass knocked down by 53-Adam Hiott. incomplete, intended for 80-John Harper. FCF 98-Travis Foland was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-FCF 45 (12:17) 19-Richard Pugh punts 39 yards to FCF 5. Fair Catch by 33-Edward Johnson.</t>
   </si>
   <si>
     <t>#19 Richard Pugh - P</t>
   </si>
   <si>
-    <t>#77 James Short - C</t>
+    <t>#70 James Short - C</t>
   </si>
   <si>
     <t>#33 Edward Johnson - RB</t>
   </si>
   <si>
     <t>#20 Roman Flack - CB</t>
   </si>
   <si>
     <t>#58 Nicholas Turberville - MLB</t>
   </si>
   <si>
     <t>#30 Curtis Grant - CB</t>
   </si>
   <si>
     <t>#58 Donald Johnston - MLB</t>
   </si>
   <si>
     <t>#68 Austin Stanley - RT</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>FCF 5</t>
   </si>
@@ -935,51 +935,51 @@
   <si>
     <t>2-9-FCF 31 (13:01) 35-Travis Deal ran to FCF 39 for 8 yards. Tackle by 24-Chad Law.</t>
   </si>
   <si>
     <t>12:27</t>
   </si>
   <si>
     <t>FCF 39</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-1-FCF 39 (12:26) 33-Edward Johnson ran to FCF 45 for 7 yards. Tackle by 34-Ivan Rogers.</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-FCF 45 (11:49) 33-Edward Johnson ran to FCF 44 for -1 yards. Tackle by 52-Nelson Bolden. FCF 61-Miles Bradley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#31 Willie Larsen - SS</t>
+    <t>#32 Willie Larsen - SS</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>2-11-FCF 44 (11:17) 35-Travis Deal ran to FCF 46 for 1 yards. Tackle by 94-Henry Davis.</t>
   </si>
   <si>
     <t>#72 Issac Chun - RT</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>FCF 46</t>
   </si>
   <si>
     <t>3-10-FCF 46 (10:33) 6-David Sisk pass complete to 15-Albert Molinaro to FCF 49 for 3 yards. Tackle by 26-Paul Bush.</t>
   </si>
   <si>
     <t>#62 Ray Nelson - RT</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
@@ -1505,51 +1505,51 @@
   <si>
     <t>2:32</t>
   </si>
   <si>
     <t>2-9-FCF 37 (2:31) 35-Travis Deal ran to FCF 41 for 4 yards. Tackle by 26-Paul Bush.</t>
   </si>
   <si>
     <t>1:47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>3-5-FCF 41 (1:46) 6-David Sisk pass complete to 15-Albert Molinaro to SCR 17 for 42 yards. Tackle by 26-Paul Bush.</t>
   </si>
   <si>
     <t>1:06</t>
   </si>
   <si>
     <t>1-10-SCR 17 (1:05) 87-Thomas Lawrence ran to SCR 7 for 10 yards. Tackle by 37-Raymond Murphy.</t>
   </si>
   <si>
     <t>#12 Ruben Spencer - WR</t>
   </si>
   <si>
-    <t>#32 Marcelino Wiley - CB</t>
+    <t>#24 Marcelino Wiley - CB</t>
   </si>
   <si>
     <t>1-7-SCR 7 (0:29) 33-Edward Johnson ran to SCR 3 for 4 yards. Tackle by 52-Nelson Bolden.</t>
   </si>
   <si>
     <t>#90 James Wilson - DT</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>2-3-SCR 3 (15:00) 18-Leon McDonald ran for 3 yards. TOUCHDOWN! SCR 7 FCF 9</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>SCR 15</t>
   </si>
   <si>
     <t>(14:59) Extra point GOOD by 5-John Allen. SCR 7 FCF 10</t>
   </si>
   <si>
     <t>(14:59) 5-John Allen kicks 74 yards from FCF 35 to SCR -9. Touchback.</t>
   </si>