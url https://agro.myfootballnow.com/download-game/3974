--- v1 (2025-11-22)
+++ v2 (2025-12-14)
@@ -533,51 +533,51 @@
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-FCF 5 (12:11) 35-Travis Deal ran to FCF 8 for 3 yards. Tackle by 24-Chad Law.</t>
   </si>
   <si>
     <t>#6 David Sisk - QB</t>
   </si>
   <si>
     <t>#35 Travis Deal - RB</t>
   </si>
   <si>
     <t>#87 Thomas Lawrence - TE</t>
   </si>
   <si>
     <t>#88 Chad Miller - TE</t>
   </si>
   <si>
     <t>#89 Michael Logan - WR</t>
   </si>
   <si>
-    <t>#15 Albert Molinaro - WR</t>
+    <t>#86 Albert Molinaro - WR</t>
   </si>
   <si>
     <t>#73 Steven Harrison - LT</t>
   </si>
   <si>
     <t>#70 Richard Daugherty - LG</t>
   </si>
   <si>
     <t>#61 Miles Bradley - LG</t>
   </si>
   <si>
     <t>#68 Kenneth Easter - RG</t>
   </si>
   <si>
     <t>#78 Alvin Hawley - RT</t>
   </si>
   <si>
     <t>#91 Keith Hendren - LDE</t>
   </si>
   <si>
     <t>#65 Trillis Bryson - DT</t>
   </si>
   <si>
     <t>#94 Henry Davis - DT</t>
   </si>