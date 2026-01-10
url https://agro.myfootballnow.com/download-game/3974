--- v2 (2025-12-14)
+++ v3 (2026-01-10)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-John Allen kicks 73 yards from FCF 35 to SCR -8. 16-Fleet Rivers to SCR 30 for 38 yards. Tackle by 5-John Allen. FCF 97-Michael Spencer was injured on the play. SCR 93-Adam Warwick was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#16 Fleet Rivers - WR</t>
   </si>
   <si>
     <t>#74 Rick Hewitt - RDE</t>
   </si>
   <si>
     <t>#98 Carl Smith - SS</t>
   </si>
   <si>
     <t>#76 Allen Emanuel - DT</t>
   </si>
   <si>
     <t>#52 Nelson Bolden - MLB</t>
   </si>
   <si>
     <t>#34 Ivan Rogers - FS</t>
   </si>
   <si>
-    <t>#46 Jay Mills - CB</t>
+    <t>#48 Jay Mills - CB</t>
   </si>
   <si>
     <t>#27 John Hager - SS</t>
   </si>
   <si>
     <t>#55 Adam Warwick - SLB</t>
   </si>
   <si>
     <t>#96 Mark Perry - SS</t>
   </si>
   <si>
     <t>#24 Chad Law - FS</t>
   </si>
   <si>
     <t>#5 John Allen - K</t>
   </si>
   <si>
     <t>SCR</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>SCR 30</t>
   </si>
@@ -386,90 +386,90 @@
   <si>
     <t>#62 Carl Fletcher - LG</t>
   </si>
   <si>
     <t>#70 Walter Weaver - RT</t>
   </si>
   <si>
     <t>#90 Adam Werner - LDE</t>
   </si>
   <si>
     <t>#95 Leroy Wolfe - DT</t>
   </si>
   <si>
     <t>#99 Clarence Randall - LDE</t>
   </si>
   <si>
     <t>#90 Enrique Holmes - RDE</t>
   </si>
   <si>
     <t>#53 Adam Hiott - MLB</t>
   </si>
   <si>
     <t>#52 George Oster - WLB</t>
   </si>
   <si>
-    <t>#40 Anthony William - CB</t>
+    <t>#25 Anthony William - CB</t>
   </si>
   <si>
     <t>#26 Patrick Joyner - CB</t>
   </si>
   <si>
     <t>#27 Jerry Mueller - CB</t>
   </si>
   <si>
     <t>#43 Cruz Missel - SS</t>
   </si>
   <si>
     <t>#23 Sterling Bolden - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>SCR 35</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>2-4-SCR 35 (14:12) 4-William Deal pass complete to 81-Shane Allen to SCR 47 for 11 yards. Tackle by 26-Patrick Joyner.</t>
   </si>
   <si>
     <t>#49 Gary Estep - FB</t>
   </si>
   <si>
     <t>#98 Travis Foland - DT</t>
   </si>
   <si>
     <t>#91 Loren Reid - LDE</t>
   </si>
   <si>
-    <t>#56 Indiana Jones - SLB</t>
+    <t>#59 Indiana Jones - SLB</t>
   </si>
   <si>
     <t>#59 Ryan Henry - WLB</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>SCR 47</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-SCR 47 (13:38) 6-Arnoldo Damron ran to FCF 44 for 9 yards. Tackle by 53-Adam Hiott.</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>FCF 44</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
@@ -518,54 +518,54 @@
   <si>
     <t>#30 Curtis Grant - CB</t>
   </si>
   <si>
     <t>#58 Donald Johnston - MLB</t>
   </si>
   <si>
     <t>#68 Austin Stanley - RT</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>FCF 5</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-FCF 5 (12:11) 35-Travis Deal ran to FCF 8 for 3 yards. Tackle by 24-Chad Law.</t>
   </si>
   <si>
-    <t>#6 David Sisk - QB</t>
-[...2 lines deleted...]
-    <t>#35 Travis Deal - RB</t>
+    <t>#19 David Sisk - QB</t>
+  </si>
+  <si>
+    <t>#32 Travis Deal - RB</t>
   </si>
   <si>
     <t>#87 Thomas Lawrence - TE</t>
   </si>
   <si>
     <t>#88 Chad Miller - TE</t>
   </si>
   <si>
     <t>#89 Michael Logan - WR</t>
   </si>
   <si>
     <t>#86 Albert Molinaro - WR</t>
   </si>
   <si>
     <t>#73 Steven Harrison - LT</t>
   </si>
   <si>
     <t>#70 Richard Daugherty - LG</t>
   </si>
   <si>
     <t>#61 Miles Bradley - LG</t>
   </si>
   <si>
     <t>#68 Kenneth Easter - RG</t>
   </si>