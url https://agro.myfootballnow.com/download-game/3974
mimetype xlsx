--- v3 (2026-01-10)
+++ v4 (2026-02-04)
@@ -542,51 +542,51 @@
   <si>
     <t>#19 David Sisk - QB</t>
   </si>
   <si>
     <t>#32 Travis Deal - RB</t>
   </si>
   <si>
     <t>#87 Thomas Lawrence - TE</t>
   </si>
   <si>
     <t>#88 Chad Miller - TE</t>
   </si>
   <si>
     <t>#89 Michael Logan - WR</t>
   </si>
   <si>
     <t>#86 Albert Molinaro - WR</t>
   </si>
   <si>
     <t>#73 Steven Harrison - LT</t>
   </si>
   <si>
     <t>#70 Richard Daugherty - LG</t>
   </si>
   <si>
-    <t>#61 Miles Bradley - LG</t>
+    <t>#67 Miles Bradley - LG</t>
   </si>
   <si>
     <t>#68 Kenneth Easter - RG</t>
   </si>
   <si>
     <t>#78 Alvin Hawley - RT</t>
   </si>
   <si>
     <t>#91 Keith Hendren - LDE</t>
   </si>
   <si>
     <t>#65 Trillis Bryson - DT</t>
   </si>
   <si>
     <t>#94 Henry Davis - DT</t>
   </si>
   <si>
     <t>#45 Joseph Allred - CB</t>
   </si>
   <si>
     <t>#26 Paul Bush - CB</t>
   </si>
   <si>
     <t>11:28</t>
   </si>