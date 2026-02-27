--- v0 (2026-01-10)
+++ v1 (2026-02-27)
@@ -293,51 +293,51 @@
   <si>
     <t>3DT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Lawrence Gingrich kicks 75 yards from 3DT 35 to ONE -10. Touchback.</t>
   </si>
   <si>
     <t>#3 Bill James - RB</t>
   </si>
   <si>
     <t>#55 Vincent Patch - SS</t>
   </si>
   <si>
     <t>#87 Bruno Lytle - WR</t>
   </si>
   <si>
     <t>#67 Harvey Esquivel - DT</t>
   </si>
   <si>
-    <t>#51 Robert Ruffin - SS</t>
+    <t>#37 Robert Ruffin - SS</t>
   </si>
   <si>
     <t>#52 Lawrence Sommers - SS</t>
   </si>
   <si>
     <t>#44 Earnest Flournoy - SS</t>
   </si>
   <si>
     <t>#21 David Koffler - CB</t>
   </si>
   <si>
     <t>#28 Robert Queen - CB</t>
   </si>
   <si>
     <t>#35 Bruce Delvalle - CB</t>
   </si>
   <si>
     <t>#50 Richard Shamblin - SS</t>
   </si>
   <si>
     <t>#7 Lawrence Gingrich - K</t>
   </si>
   <si>
     <t>ONE</t>
   </si>
@@ -395,51 +395,51 @@
   <si>
     <t>#50 Leslie Rojas - RDE</t>
   </si>
   <si>
     <t>#92 Henry Reed - MLB</t>
   </si>
   <si>
     <t>#92 Perry Pratt - MLB</t>
   </si>
   <si>
     <t>#90 Laurence Osborn - WLB</t>
   </si>
   <si>
     <t>#39 Robert Carr - CB</t>
   </si>
   <si>
     <t>#25 Dennis Moore - CB</t>
   </si>
   <si>
     <t>#36 Larry Bentley - CB</t>
   </si>
   <si>
     <t>#23 Jimmie Gildersleeve - SS</t>
   </si>
   <si>
-    <t>#29 George Herman - FS</t>
+    <t>#33 George Herman - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>ONE 29</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-6-ONE 29 (14:27) 2-Eric Stafford ran to ONE 41 for 11 yards. Tackle by 36-Larry Bentley.</t>
   </si>
   <si>
     <t>#56 Lyle Montgomery - LT</t>
   </si>
   <si>
     <t>#65 Emile Oconnor - DT</t>
   </si>
   <si>
     <t>13:44</t>
   </si>