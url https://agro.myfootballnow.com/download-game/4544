--- v0 (2026-02-26)
+++ v1 (2026-03-27)
@@ -395,54 +395,54 @@
   <si>
     <t>#56 Christopher Russell - DT</t>
   </si>
   <si>
     <t>#95 Casey Walker - RDE</t>
   </si>
   <si>
     <t>#99 Ronald Sorrell - RDE</t>
   </si>
   <si>
     <t>#97 Edward Breeding - MLB</t>
   </si>
   <si>
     <t>#92 Jason Swoboda - WLB</t>
   </si>
   <si>
     <t>#25 Paul Cook - CB</t>
   </si>
   <si>
     <t>#39 Robert Hang - CB</t>
   </si>
   <si>
     <t>#48 Larry Dwyer - CB</t>
   </si>
   <si>
-    <t>#51 Conrad Saiz - SS</t>
-[...2 lines deleted...]
-    <t>#23 Scott Perea - FS</t>
+    <t>#51 Conrad Saiz - FS</t>
+  </si>
+  <si>
+    <t>#23 Scott Perea - SS</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>ONE 37</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-2-ONE 37 (14:13) 1-Sammy Grabowski ran to ONE 45 for 8 yards. Tackle by 34-Aubrey Gruber. ONE 82-Lynn Washington was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#35 Carl Mayo - FB</t>
   </si>
   <si>
     <t>#80 Michael Casey - TE</t>
   </si>
   <si>
     <t>#82 Lynn Washington - TE</t>
   </si>