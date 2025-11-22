--- v0 (2025-10-26)
+++ v1 (2025-11-22)
@@ -365,51 +365,51 @@
   <si>
     <t>#13 Ricky Miller - WR</t>
   </si>
   <si>
     <t>#83 Gary Zavala - WR</t>
   </si>
   <si>
     <t>#69 Jose Holland - LT</t>
   </si>
   <si>
     <t>#75 Robert Kowal - RT</t>
   </si>
   <si>
     <t>#79 John Jacobs - C</t>
   </si>
   <si>
     <t>#55 Robert Reid - RG</t>
   </si>
   <si>
     <t>#67 Phillip Stewart - RT</t>
   </si>
   <si>
     <t>#70 David Johnson - LDE</t>
   </si>
   <si>
-    <t>#75 William Hara - DT</t>
+    <t>#93 William Hara - DT</t>
   </si>
   <si>
     <t>#77 David Killion - DT</t>
   </si>
   <si>
     <t>#99 Terence Maynard - RDE</t>
   </si>
   <si>
     <t>#51 William Legg - MLB</t>
   </si>
   <si>
     <t>#92 Joshua Garrett - WLB</t>
   </si>
   <si>
     <t>#21 Donald Dwyer - CB</t>
   </si>
   <si>
     <t>#23 Douglas Scott - CB</t>
   </si>
   <si>
     <t>#26 James Lantz - CB</t>
   </si>
   <si>
     <t>#20 Bryan Harris - SS</t>
   </si>